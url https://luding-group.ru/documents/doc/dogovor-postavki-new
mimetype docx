--- v0 (2025-10-12)
+++ v1 (2025-12-15)
@@ -8,51 +8,51 @@
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w:rsidR="005003D0" w:rsidRPr="00646BE1" w:rsidRDefault="00705B3C" w:rsidP="004E5550">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="7797"/>
         </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
@@ -127,51 +127,73 @@
         </w:rPr>
         <w:t>Город Москва</w:t>
       </w:r>
       <w:r w:rsidRPr="00646BE1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-7"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00646BE1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>«___» _________2023 года</w:t>
+        <w:t>«___» _________202</w:t>
+      </w:r>
+      <w:r w:rsidR="00B31990" w:rsidRPr="00B31990">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00646BE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00DC01BA" w:rsidRPr="00646BE1" w:rsidRDefault="00DC01BA" w:rsidP="00DC01BA">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="right" w:pos="9526"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00C95069" w:rsidRPr="00646BE1" w:rsidRDefault="00C95069" w:rsidP="00DC01BA">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="right" w:pos="9526"/>
@@ -672,71 +694,51 @@
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>luding</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidR="00705B3C" w:rsidRPr="00705B3C">
           <w:rPr>
             <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
           </w:rPr>
           <w:t>-</w:t>
         </w:r>
         <w:r w:rsidR="00705B3C">
           <w:rPr>
             <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
-          <w:t>g</w:t>
-[...19 lines deleted...]
-          <w:t>oup</w:t>
+          <w:t>group</w:t>
         </w:r>
         <w:r w:rsidR="00705B3C" w:rsidRPr="00705B3C">
           <w:rPr>
             <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
           </w:rPr>
           <w:t>.</w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidR="00705B3C">
           <w:rPr>
             <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>ru</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidR="00705B3C" w:rsidRPr="00705B3C">
           <w:rPr>
             <w:rStyle w:val="a4"/>
@@ -1700,112 +1702,72 @@
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>p</w:t>
         </w:r>
         <w:r w:rsidR="00B130D3" w:rsidRPr="00B130D3">
           <w:rPr>
             <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
           </w:rPr>
           <w:t>/</w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidR="00B130D3">
           <w:rPr>
             <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
-          <w:t>pravi</w:t>
-[...19 lines deleted...]
-          <w:t>a</w:t>
+          <w:t>pravila</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidR="00B130D3" w:rsidRPr="00B130D3">
           <w:rPr>
             <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
           </w:rPr>
           <w:t>-</w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidR="00B130D3">
           <w:rPr>
             <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
-          <w:t>pe</w:t>
-[...19 lines deleted...]
-          <w:t>edachi</w:t>
+          <w:t>peredachi</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidR="00B130D3" w:rsidRPr="00B130D3">
           <w:rPr>
             <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
           </w:rPr>
           <w:t>-</w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidR="00B130D3">
           <w:rPr>
             <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>i</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidR="00B130D3" w:rsidRPr="00B130D3">
           <w:rPr>
@@ -1913,51 +1875,50 @@
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="none"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008C080F" w:rsidRPr="00646BE1" w:rsidRDefault="00B130D3" w:rsidP="008C080F">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rStyle w:val="a4"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:noProof/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="590400" cy="590400"/>
             <wp:effectExtent l="0" t="0" r="635" b="635"/>
             <wp:docPr id="9" name="Рисунок 9"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="9" name="qr-code правила приемки товаров.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
@@ -1965,51 +1926,50 @@
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="590400" cy="590400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="00381604" w:rsidRPr="00646BE1" w:rsidRDefault="00362D45" w:rsidP="00876453">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:autoSpaceDE/>
         <w:autoSpaceDN/>
         <w:adjustRightInd/>
         <w:spacing w:after="11" w:line="269" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="3" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00646BE1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
@@ -2566,114 +2526,72 @@
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>p</w:t>
         </w:r>
         <w:r w:rsidR="00666A00" w:rsidRPr="003A4557">
           <w:rPr>
             <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
           </w:rPr>
           <w:t>/</w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidR="00666A00" w:rsidRPr="00B1487E">
           <w:rPr>
             <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
-          <w:t>p</w:t>
-[...39 lines deleted...]
-          <w:t>a</w:t>
+          <w:t>priemka</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidR="00666A00" w:rsidRPr="00B1487E">
           <w:rPr>
             <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
           </w:rPr>
           <w:t>-</w:t>
         </w:r>
-        <w:proofErr w:type="spellStart"/>
         <w:r w:rsidR="00666A00" w:rsidRPr="00B1487E">
           <w:rPr>
             <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>po</w:t>
         </w:r>
-        <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidR="00666A00" w:rsidRPr="00B1487E">
           <w:rPr>
             <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
           </w:rPr>
           <w:t>-</w:t>
         </w:r>
         <w:proofErr w:type="spellStart"/>
         <w:r w:rsidR="00666A00" w:rsidRPr="00B1487E">
           <w:rPr>
             <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:sz w:val="19"/>
             <w:szCs w:val="19"/>
             <w:lang w:val="en-US"/>
           </w:rPr>
           <w:t>kolichestvu</w:t>
         </w:r>
         <w:proofErr w:type="spellEnd"/>
         <w:r w:rsidR="00666A00" w:rsidRPr="00B1487E">
           <w:rPr>
             <w:rStyle w:val="a4"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
@@ -3297,79 +3215,79 @@
       </w:r>
       <w:r w:rsidR="00C518A5" w:rsidRPr="00646BE1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="008C49B1" w:rsidRPr="00646BE1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00C518A5" w:rsidRPr="00646BE1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Оплата товара осуществляется в течение </w:t>
       </w:r>
-      <w:permStart w:id="301759599" w:edGrp="everyone"/>
+      <w:permStart w:id="2118609042" w:edGrp="everyone"/>
       <w:r w:rsidR="00C518A5" w:rsidRPr="00646BE1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>___</w:t>
       </w:r>
       <w:r w:rsidR="002D4DD4" w:rsidRPr="00646BE1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>_</w:t>
       </w:r>
       <w:r w:rsidR="00BA2D4D" w:rsidRPr="00646BE1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>___________</w:t>
       </w:r>
-      <w:permEnd w:id="301759599"/>
+      <w:permEnd w:id="2118609042"/>
       <w:r w:rsidR="00C518A5" w:rsidRPr="00646BE1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00840455" w:rsidRPr="00646BE1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">календарных </w:t>
       </w:r>
       <w:r w:rsidR="00C518A5" w:rsidRPr="00646BE1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
@@ -4542,71 +4460,51 @@
       <w:r w:rsidR="00216CD0" w:rsidRPr="00646BE1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>@______</w:t>
       </w:r>
       <w:r w:rsidR="00646BE1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>____</w:t>
       </w:r>
       <w:r w:rsidR="00216CD0" w:rsidRPr="00646BE1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>_.</w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">_.ru </w:t>
       </w:r>
       <w:r w:rsidR="00216CD0" w:rsidRPr="00646BE1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">для Покупателя и </w:t>
       </w:r>
       <w:r w:rsidR="00216CD0" w:rsidRPr="00646BE1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>@luding.ru</w:t>
       </w:r>
       <w:r w:rsidR="00CE5CD8" w:rsidRPr="00646BE1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> для Поставщика</w:t>
@@ -5050,61 +4948,80 @@
       </w:r>
       <w:r w:rsidR="00371DD8" w:rsidRPr="00646BE1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00264E02" w:rsidRPr="00646BE1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00371DD8" w:rsidRPr="00646BE1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">. Договор вступает в силу с даты его подписания и действует до </w:t>
       </w:r>
-      <w:permStart w:id="1839477455" w:edGrp="everyone"/>
+      <w:permStart w:id="1437944738" w:edGrp="everyone"/>
       <w:r w:rsidR="00371DD8" w:rsidRPr="00646BE1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>31.12.2024 г.</w:t>
-[...1 lines deleted...]
-      <w:permEnd w:id="1839477455"/>
+        <w:t>31.12.202</w:t>
+      </w:r>
+      <w:r w:rsidR="00B31990">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00371DD8" w:rsidRPr="00646BE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> г.</w:t>
+      </w:r>
+      <w:permEnd w:id="1437944738"/>
       <w:r w:rsidR="00371DD8" w:rsidRPr="00646BE1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> В случае если за </w:t>
       </w:r>
       <w:r w:rsidR="00371DD8" w:rsidRPr="00646BE1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>30 календарных дней</w:t>
       </w:r>
       <w:r w:rsidR="00371DD8" w:rsidRPr="00646BE1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> до даты окончания договора ни одна из сторон не заявит другой стороне о своем намерении его расторгнуть</w:t>
       </w:r>
@@ -5759,316 +5676,316 @@
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>АДРЕСА. БАНКОВСКИЕ РЕКВИЗИТЫ СТОРОН</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00371DD8" w:rsidRPr="00646BE1" w:rsidSect="00CC0452">
       <w:headerReference w:type="even" r:id="rId16"/>
       <w:headerReference w:type="default" r:id="rId17"/>
       <w:footerReference w:type="even" r:id="rId18"/>
       <w:footerReference w:type="default" r:id="rId19"/>
       <w:headerReference w:type="first" r:id="rId20"/>
       <w:footerReference w:type="first" r:id="rId21"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00113C1B" w:rsidRDefault="00113C1B" w:rsidP="006D266D">
+    <w:p w:rsidR="0080016F" w:rsidRDefault="0080016F" w:rsidP="006D266D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00113C1B" w:rsidRDefault="00113C1B" w:rsidP="006D266D">
+    <w:p w:rsidR="0080016F" w:rsidRDefault="0080016F" w:rsidP="006D266D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A10006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w:rsidR="003614A8" w:rsidRDefault="003614A8">
     <w:pPr>
       <w:pStyle w:val="a7"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w:rsidR="006D266D" w:rsidRDefault="006D266D">
     <w:pPr>
       <w:pStyle w:val="a7"/>
     </w:pPr>
     <w:r>
       <w:t>Поставщик____________</w:t>
     </w:r>
     <w:r w:rsidR="00AE1182">
       <w:t>____</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">                                                       </w:t>
     </w:r>
     <w:r>
       <w:tab/>
       <w:t>Покупатель</w:t>
     </w:r>
     <w:r w:rsidR="00AE1182">
       <w:t>________________</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w:rsidR="003614A8" w:rsidRDefault="003614A8">
     <w:pPr>
       <w:pStyle w:val="a7"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00113C1B" w:rsidRDefault="00113C1B" w:rsidP="006D266D">
+    <w:p w:rsidR="0080016F" w:rsidRDefault="0080016F" w:rsidP="006D266D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00113C1B" w:rsidRDefault="00113C1B" w:rsidP="006D266D">
+    <w:p w:rsidR="0080016F" w:rsidRDefault="0080016F" w:rsidP="006D266D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="003614A8" w:rsidRDefault="00113C1B">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w:rsidR="003614A8" w:rsidRDefault="0080016F">
     <w:pPr>
       <w:pStyle w:val="a5"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="725A4B57">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
           <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
           <o:lock v:ext="edit" aspectratio="t"/>
         </v:shapetype>
-        <v:shape id="WordPictureWatermark582422" o:spid="_x0000_s2053" type="#_x0000_t75" style="position:absolute;margin-left:0;margin-top:0;width:595.45pt;height:841.9pt;z-index:-251657216;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f">
+        <v:shape id="WordPictureWatermark582422" o:spid="_x0000_s1027" type="#_x0000_t75" alt="" style="position:absolute;margin-left:0;margin-top:0;width:595.45pt;height:841.9pt;z-index:-251657216;mso-wrap-edited:f;mso-width-percent:0;mso-height-percent:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0" o:allowincell="f">
           <v:imagedata r:id="rId1" o:title="Подложка"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="003614A8" w:rsidRDefault="00113C1B">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w:rsidR="003614A8" w:rsidRDefault="0080016F">
     <w:pPr>
       <w:pStyle w:val="a5"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="35A2FCBF">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
           <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
           <o:lock v:ext="edit" aspectratio="t"/>
         </v:shapetype>
-        <v:shape id="WordPictureWatermark582423" o:spid="_x0000_s2054" type="#_x0000_t75" style="position:absolute;margin-left:0;margin-top:0;width:595.45pt;height:841.9pt;z-index:-251656192;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f">
+        <v:shape id="WordPictureWatermark582423" o:spid="_x0000_s1026" type="#_x0000_t75" alt="" style="position:absolute;margin-left:0;margin-top:0;width:595.45pt;height:841.9pt;z-index:-251656192;mso-wrap-edited:f;mso-width-percent:0;mso-height-percent:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0" o:allowincell="f">
           <v:imagedata r:id="rId1" o:title="Подложка"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w:rsidR="003614A8" w:rsidRDefault="00113C1B">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w:rsidR="003614A8" w:rsidRDefault="0080016F">
     <w:pPr>
       <w:pStyle w:val="a5"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:pict w14:anchorId="296FA79E">
         <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
           <v:stroke joinstyle="miter"/>
           <v:formulas>
             <v:f eqn="if lineDrawn pixelLineWidth 0"/>
             <v:f eqn="sum @0 1 0"/>
             <v:f eqn="sum 0 0 @1"/>
             <v:f eqn="prod @2 1 2"/>
             <v:f eqn="prod @3 21600 pixelWidth"/>
             <v:f eqn="prod @3 21600 pixelHeight"/>
             <v:f eqn="sum @0 0 1"/>
             <v:f eqn="prod @6 1 2"/>
             <v:f eqn="prod @7 21600 pixelWidth"/>
             <v:f eqn="sum @8 21600 0"/>
             <v:f eqn="prod @7 21600 pixelHeight"/>
             <v:f eqn="sum @10 21600 0"/>
           </v:formulas>
           <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
           <o:lock v:ext="edit" aspectratio="t"/>
         </v:shapetype>
-        <v:shape id="WordPictureWatermark582421" o:spid="_x0000_s2052" type="#_x0000_t75" style="position:absolute;margin-left:0;margin-top:0;width:595.45pt;height:841.9pt;z-index:-251658240;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin" o:allowincell="f">
+        <v:shape id="WordPictureWatermark582421" o:spid="_x0000_s1025" type="#_x0000_t75" alt="" style="position:absolute;margin-left:0;margin-top:0;width:595.45pt;height:841.9pt;z-index:-251658240;mso-wrap-edited:f;mso-width-percent:0;mso-height-percent:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0" o:allowincell="f">
           <v:imagedata r:id="rId1" o:title="Подложка"/>
           <w10:wrap anchorx="margin" anchory="margin"/>
         </v:shape>
       </w:pict>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="142E6067"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3BA6B98A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="390" w:hanging="390"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
@@ -6988,131 +6905,132 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="CAB28D8A">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8437" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="6E948AB4">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="9353" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="865021475">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="537621601">
     <w:abstractNumId w:val="2"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="587735869">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="1614360522">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="1591965116">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="2049605602">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="744717776">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="707491631">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="90"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="114"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:documentProtection w:edit="readOnly" w:enforcement="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2055"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DC01BA"/>
     <w:rsid w:val="00024880"/>
     <w:rsid w:val="00031130"/>
     <w:rsid w:val="00043146"/>
     <w:rsid w:val="000B2913"/>
     <w:rsid w:val="000B323B"/>
     <w:rsid w:val="000B3A7A"/>
     <w:rsid w:val="000B6A3E"/>
     <w:rsid w:val="000F0659"/>
     <w:rsid w:val="000F0B26"/>
     <w:rsid w:val="000F4EFC"/>
     <w:rsid w:val="00113C1B"/>
     <w:rsid w:val="00133C0D"/>
     <w:rsid w:val="0013579D"/>
     <w:rsid w:val="0017098C"/>
     <w:rsid w:val="00171DDD"/>
     <w:rsid w:val="00182701"/>
     <w:rsid w:val="001C7382"/>
     <w:rsid w:val="001F46D6"/>
     <w:rsid w:val="001F57CE"/>
     <w:rsid w:val="00216CD0"/>
     <w:rsid w:val="00264E02"/>
     <w:rsid w:val="00286A15"/>
@@ -7138,76 +7056,78 @@
     <w:rsid w:val="004A42DF"/>
     <w:rsid w:val="004A5C4B"/>
     <w:rsid w:val="004E5550"/>
     <w:rsid w:val="004E7BDF"/>
     <w:rsid w:val="005003D0"/>
     <w:rsid w:val="00513133"/>
     <w:rsid w:val="00545A7F"/>
     <w:rsid w:val="00591760"/>
     <w:rsid w:val="006054D3"/>
     <w:rsid w:val="00605886"/>
     <w:rsid w:val="0063184D"/>
     <w:rsid w:val="00646BE1"/>
     <w:rsid w:val="00653441"/>
     <w:rsid w:val="00666A00"/>
     <w:rsid w:val="006869C5"/>
     <w:rsid w:val="006D266D"/>
     <w:rsid w:val="006D578A"/>
     <w:rsid w:val="006E6F5F"/>
     <w:rsid w:val="006F777D"/>
     <w:rsid w:val="00705B3C"/>
     <w:rsid w:val="00762E0A"/>
     <w:rsid w:val="00765640"/>
     <w:rsid w:val="007A227A"/>
     <w:rsid w:val="007A4C68"/>
     <w:rsid w:val="007C048B"/>
+    <w:rsid w:val="0080016F"/>
     <w:rsid w:val="00820E45"/>
     <w:rsid w:val="00822082"/>
     <w:rsid w:val="0082412F"/>
     <w:rsid w:val="008311F4"/>
     <w:rsid w:val="00836F3D"/>
     <w:rsid w:val="00840455"/>
     <w:rsid w:val="00850A41"/>
     <w:rsid w:val="00876453"/>
     <w:rsid w:val="00885002"/>
     <w:rsid w:val="00887BE0"/>
     <w:rsid w:val="008916E4"/>
     <w:rsid w:val="008C080F"/>
     <w:rsid w:val="008C49B1"/>
     <w:rsid w:val="008E156D"/>
     <w:rsid w:val="009150FB"/>
     <w:rsid w:val="009D69AE"/>
     <w:rsid w:val="00A15D6D"/>
     <w:rsid w:val="00A45660"/>
     <w:rsid w:val="00A65480"/>
     <w:rsid w:val="00A739D8"/>
     <w:rsid w:val="00AC3791"/>
     <w:rsid w:val="00AE1182"/>
     <w:rsid w:val="00AF5807"/>
     <w:rsid w:val="00B11769"/>
     <w:rsid w:val="00B130D3"/>
     <w:rsid w:val="00B24271"/>
+    <w:rsid w:val="00B31990"/>
     <w:rsid w:val="00B852B5"/>
     <w:rsid w:val="00BA2D4D"/>
     <w:rsid w:val="00BC3D39"/>
     <w:rsid w:val="00BD2C36"/>
     <w:rsid w:val="00C27301"/>
     <w:rsid w:val="00C35FBC"/>
     <w:rsid w:val="00C518A5"/>
     <w:rsid w:val="00C727AE"/>
     <w:rsid w:val="00C85B1E"/>
     <w:rsid w:val="00C95069"/>
     <w:rsid w:val="00CA0878"/>
     <w:rsid w:val="00CB0BD3"/>
     <w:rsid w:val="00CC0452"/>
     <w:rsid w:val="00CE5CD8"/>
     <w:rsid w:val="00CF63DA"/>
     <w:rsid w:val="00D20F18"/>
     <w:rsid w:val="00D40B66"/>
     <w:rsid w:val="00D81D80"/>
     <w:rsid w:val="00D97DCC"/>
     <w:rsid w:val="00DA2258"/>
     <w:rsid w:val="00DC01BA"/>
     <w:rsid w:val="00DC5BBF"/>
     <w:rsid w:val="00DD6BDF"/>
     <w:rsid w:val="00DE72D0"/>
     <w:rsid w:val="00E05C2F"/>
@@ -7217,80 +7137,81 @@
     <w:rsid w:val="00E963EB"/>
     <w:rsid w:val="00ED06F9"/>
     <w:rsid w:val="00F10C12"/>
     <w:rsid w:val="00F36BD5"/>
     <w:rsid w:val="00F63350"/>
     <w:rsid w:val="00F93FE9"/>
     <w:rsid w:val="00FC21C6"/>
     <w:rsid w:val="00FF0323"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2055"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val=","/>
+  <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="3806AD4E"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{5538EEB8-6F31-4999-8421-3827076D2F88}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -7352,98 +7273,94 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -7618,50 +7535,55 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00DC01BA"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:link w:val="40"/>
     <w:qFormat/>
@@ -7976,51 +7898,51 @@
     <w:semiHidden/>
     <w:rsid w:val="00ED06F9"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="af4">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D97DCC"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="538127047">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://luding-group.ru/documents/doc/terminy-i-opredeleniya-k-dp-new/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://luding-group.ru/documents/doc/pravila-priemki-tovara-po-kolichestvu-i-kachestvu-reklamatsii/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://luding-group.ru/documents/doc/pravila-priemki-i-peredachi-tovara-new/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://luding-group.ru/documents/doc/spetsifikatsiya-k-dp-new/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
@@ -8292,51 +8214,51 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3E9DB285-21FD-4987-9C61-24D989D61851}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
   <Words>1623</Words>
   <Characters>9254</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>77</Lines>
   <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>